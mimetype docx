--- v0 (2025-10-04)
+++ v1 (2026-03-09)
@@ -1,25946 +1,336 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="616DDA05" w14:textId="77777777" w:rsidR="008D3599" w:rsidRPr="00A70663" w:rsidRDefault="008D3599" w:rsidP="008D3599">
+    <w:p w14:paraId="2AC2E199" w14:textId="77777777" w:rsidR="006B29EF" w:rsidRDefault="006B29EF">
       <w:pPr>
-        <w:contextualSpacing/>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A70663">
+      <w:r w:rsidRPr="006B29EF">
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>YORK</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> INC.</w:t>
+        <w:t>By-laws Notice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E51D027" w14:textId="77777777" w:rsidR="008D3599" w:rsidRPr="00A70663" w:rsidRDefault="008D3599" w:rsidP="008D3599">
-[...15 lines deleted...]
-        <w:t>BY-LAWS</w:t>
+    <w:p w14:paraId="056A23D3" w14:textId="0FCF9CE6" w:rsidR="000F23CB" w:rsidRDefault="006B29EF">
+      <w:r w:rsidRPr="006B29EF">
+        <w:br/>
+        <w:t>Our by-laws are currently under Board review. A draft document was posted in error and has been removed. Once the Board approves the updated by-laws, the final version will be published here. For governance document requests in the interim, please </w:t>
       </w:r>
+      <w:hyperlink r:id="rId4" w:tooltip="mailto:contact%3Ayseboardsecretary@gmail.com" w:history="1">
+        <w:r w:rsidRPr="006B29EF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>contact:yseboardsecretary@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33AB35F2" w14:textId="77777777" w:rsidR="008D3599" w:rsidRPr="00A70663" w:rsidRDefault="008D3599" w:rsidP="008D3599">
-[...19096 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+    <w:sectPr w:rsidR="000F23CB">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...78 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...11 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...6298 lines deleted...]
-</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...7 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008D3599"/>
-[...58 lines deleted...]
-    <w:rsid w:val="00FE0D99"/>
+    <w:rsidRoot w:val="006B29EF"/>
+    <w:rsid w:val="000F23CB"/>
+    <w:rsid w:val="004216C3"/>
+    <w:rsid w:val="006B29EF"/>
+    <w:rsid w:val="00804F22"/>
+    <w:rsid w:val="00810B19"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="75A855A6"/>
+  <w14:docId w14:val="54BA424B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1ABEEF65-DDB7-4D21-ABCC-33F1C281EC6D}"/>
+  <w15:docId w15:val="{C36ED5CC-3554-439C-AC7C-273D12B97241}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="endnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
@@ -26123,1441 +513,601 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
-[...9 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
-    <w:rsid w:val="008D3599"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
-    <w:semiHidden/>
-    <w:rsid w:val="008D3599"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
-    <w:semiHidden/>
-    <w:rsid w:val="008D3599"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008D3599"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
-      <w:spacing w:after="80"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="008D3599"/>
+    <w:rsid w:val="006B29EF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
-[...173 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008D3599"/>
-[...1 lines deleted...]
-      <w:color w:val="0000FF"/>
+    <w:rsid w:val="006B29EF"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ysection-e">
-[...471 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008D3599"/>
-[...152 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+    <w:rsid w:val="006B29EF"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...52 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact%3Ayseboardsecretary@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -27614,51 +1164,51 @@
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -27805,115 +1355,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>46760</Characters>
+  <Pages>1</Pages>
+  <Words>61</Words>
+  <Characters>349</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>389</Lines>
-  <Paragraphs>109</Paragraphs>
+  <Lines>2</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54854</CharactersWithSpaces>
+  <CharactersWithSpaces>409</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Chelsea Coosemans</dc:creator>
+  <dc:creator>Kristina McKercher</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...33 lines deleted...]
-</file>